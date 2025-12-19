--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -1,48 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="01B430B5" w14:textId="77777777" w:rsidR="009F65F3" w:rsidRPr="001E05D2" w:rsidRDefault="001939EF" w:rsidP="001939EF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Требования для опубликования материалов конференции</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09078FF9" w14:textId="3B78F511" w:rsidR="0053591D" w:rsidRDefault="00BF4068" w:rsidP="00B172AC">
       <w:pPr>
@@ -189,62 +188,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003A57BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidR="00B048F9" w:rsidRPr="00B048F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B048F9" w:rsidRPr="00B172AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>информацию на английском я</w:t>
-[...10 lines deleted...]
-        <w:t>зыке</w:t>
+        <w:t>информацию на английском языке</w:t>
       </w:r>
       <w:r w:rsidR="00B048F9" w:rsidRPr="00B048F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фамилия(и) и инициалы автора(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B048F9" w:rsidRPr="00B048F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B048F9" w:rsidRPr="00B048F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -568,97 +556,100 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Требования к рукописи</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30F08078" w14:textId="77777777" w:rsidR="003A7968" w:rsidRPr="001E05D2" w:rsidRDefault="003A7968" w:rsidP="001E05D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="157D3A29" w14:textId="77777777" w:rsidR="003A7968" w:rsidRPr="001E05D2" w:rsidRDefault="003A7968" w:rsidP="001E05D2">
+    <w:p w14:paraId="157D3A29" w14:textId="0E8D6081" w:rsidR="003A7968" w:rsidRPr="001E05D2" w:rsidRDefault="003A7968" w:rsidP="001E05D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья пишется от третьего лица объемом – </w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3 (полных) – 5 </w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>машинописных страниц (с рисунками и таблицами). Материалы должны содержать: код УДК (</w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="001E05D2">
+        <w:r w:rsidR="00746928">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>http://teacode.com/online/udc/),</w:t>
+          <w:t>http://teacode.com/online/udc/</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00746928" w:rsidRPr="00746928">
+        <w:t>),</w:t>
+      </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> код ГРНТИ (</w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="001E05D2">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>http://grnti.ru/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -707,742 +698,788 @@
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Образец оформления текста статьи для сборника Материалов конференции</w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="002D0413" w14:textId="77777777" w:rsidR="003A7968" w:rsidRPr="001E05D2" w:rsidRDefault="002458B1" w:rsidP="001E05D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E05D2">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ТЕКСТ. Формат страницы – </w:t>
+      <w:r w:rsidRPr="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ТЕКСТ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Формат страницы – </w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А4</w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, при этом каждое поле должно быть </w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мм. Отступ первой строки </w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мм. Шрифт </w:t>
+        <w:t xml:space="preserve"> мм. Шрифт Times New </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Times</w:t>
+        <w:t>Roman</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>New</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Roman (</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">14 </w:t>
+        <w:t xml:space="preserve"> – УДК, ГРНТИ, ФИО, название, текст статьи; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – УДК, ГРНТИ, ФИО, название, текст статьи; </w:t>
+        <w:t xml:space="preserve"> – аннотация, ключевые слова, список используемых источников), межстрочный интервал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>одинарный,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выравнивание текста – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по ширине</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="270B0BAA" w14:textId="77777777" w:rsidR="00A13F42" w:rsidRDefault="002458B1" w:rsidP="001E05D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внимание!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Верстку производить по образцу, стили и макросы не применять. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A0203D3" w14:textId="73127B24" w:rsidR="002458B1" w:rsidRPr="001E05D2" w:rsidRDefault="002458B1" w:rsidP="001E05D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>БУКВЫ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Буквы в тексте и формулах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>латинского</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алфавита набираются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>курсивом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, буквы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>греческого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и русского алфавитов – прямым шрифтом. Математические символы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>lim</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>lg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ln</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>arg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>sin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>min</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и т. д. набираются прямым шрифтом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5994F7" w14:textId="77777777" w:rsidR="003A7968" w:rsidRPr="001E05D2" w:rsidRDefault="002458B1" w:rsidP="001E05D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аббревиатуры и текст латинскими буквами набираются прямым шрифтом. Не следует применять сходные по начертанию буквы латинского, греческого и русского алфавитов, использовать собственные макросы и рисунки для букв. Следует различать букву O и ноль 0; дефис «-», знак «минус» «−» и тире «–»!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B48B63" w14:textId="77777777" w:rsidR="002458B1" w:rsidRPr="001E05D2" w:rsidRDefault="00DF3FB5" w:rsidP="001E05D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ФОРМУЛЫ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Формулы должны быть набраны в редакторе MS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Equation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Длинные формулы следует разбивать на независимые фрагменты (каждая строка – отдельный объект). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Нумеровать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нужно только те формулы, на которые </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>есть ссылки в тексте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Отдельные символы и буквы формул в тексте статьи должны быть набраны в редакторе MS Word (не в MS </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Equation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>!).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E5455FE" w14:textId="77777777" w:rsidR="00DF3FB5" w:rsidRPr="001E05D2" w:rsidRDefault="00DF3FB5" w:rsidP="001E05D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внимание!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Нельзя использовать рисунки и таблицы для размещения формул!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2473C306" w14:textId="77777777" w:rsidR="00DF3FB5" w:rsidRPr="001E05D2" w:rsidRDefault="00DF3FB5" w:rsidP="001E05D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>РИСУНКИ.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рисунки и фотографии должны располагаться в тексте. На рисунках буквы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>латинского</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алфавита также набираются курсивом, а буквы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>греческого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и русского алфавитов – прямым шрифтом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080D772E" w14:textId="77777777" w:rsidR="00DF3FB5" w:rsidRPr="001E05D2" w:rsidRDefault="00DE7AF2" w:rsidP="001E05D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Каждый рисунок должен иметь номер и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (заголовок) и оформлен с переводом в формат Word (шрифт </w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">12 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>pt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – аннотация, ключевые слова, список используемых источников), межстрочный интервал </w:t>
-[...36 lines deleted...]
-    <w:p w14:paraId="5A0203D3" w14:textId="77777777" w:rsidR="002458B1" w:rsidRPr="001E05D2" w:rsidRDefault="002458B1" w:rsidP="001E05D2">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A1C375" w14:textId="77777777" w:rsidR="00DE7AF2" w:rsidRPr="001E05D2" w:rsidRDefault="00DE7AF2" w:rsidP="001E05D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>курсивом</w:t>
-[...135 lines deleted...]
-    <w:p w14:paraId="1A5994F7" w14:textId="77777777" w:rsidR="003A7968" w:rsidRPr="001E05D2" w:rsidRDefault="002458B1" w:rsidP="001E05D2">
+        <w:t>Внимание!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ссылки на рисунки в тексте статьи ОБЯЗАТЕЛЬНЫ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D40544" w14:textId="61D2CE4D" w:rsidR="00DE7AF2" w:rsidRPr="001E05D2" w:rsidRDefault="00DE7AF2" w:rsidP="001E05D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E05D2">
-[...313 lines deleted...]
-        <w:t xml:space="preserve">ЛИТЕРАТУРА. Перечень списка используемых источников (шрифт </w:t>
+      <w:r w:rsidRPr="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЛИТЕРАТУРА.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E05D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень списка используемых источников (шрифт </w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -1733,2386 +1770,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02E21349" w14:textId="77777777" w:rsidR="00D84019" w:rsidRDefault="00D84019">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C883DF9" w14:textId="2A5E68AA" w:rsidR="006018C0" w:rsidRDefault="00FF1376" w:rsidP="00DE7AF2">
-[...2334 lines deleted...]
-    </w:p>
     <w:p w14:paraId="66249D1C" w14:textId="77777777" w:rsidR="0084541E" w:rsidRPr="001E05D2" w:rsidRDefault="001E05D2" w:rsidP="001E05D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Образцы оформления библиографических записей</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25AC1C0E" w14:textId="77777777" w:rsidR="001E05D2" w:rsidRPr="001E05D2" w:rsidRDefault="001E05D2" w:rsidP="001E05D2">
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4123,837 +1824,873 @@
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56BD199B" w14:textId="77777777" w:rsidR="001E05D2" w:rsidRDefault="001E05D2" w:rsidP="001E05D2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E05D2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Книги</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8C24F4" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+    <w:p w14:paraId="2F8C24F4" w14:textId="5808B209" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. </w:t>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Клейнрок</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Л. Вычислительные системы с очередями. </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="2E726FB8" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+        <w:t xml:space="preserve"> Л. Вычислительные системы с очередями. М.: Мир, 1979. 600 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E726FB8" w14:textId="64AA1A17" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2. Нейман Л. Р., Демирчян К. С. Теоретические основы элект</w:t>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нейман Л. Р., Демирчян К. С. Теоретические основы элект</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ротехники: в 2 т. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">ротехники: в 2 т. М.: Энергия, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1981. Т. 2. 142 с. ISBN 5-7854-9807-4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7734BFD4" w14:textId="1EDB1324" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кофман А. Введение в теорию нечетких множеств: пер. с ф</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>М. :</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">ранц. М.: Радио и связь, 1982. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>431 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB02DFD" w14:textId="1AB536C2" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дымарский Я. С., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Крутякова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н. П., Яновский Г. Г. Упр</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Энергия, </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="7734BFD4" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+        <w:t xml:space="preserve">авление сетями связи: принципы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>протоколы, прикладные задачи / под ред. проф. Г. Г. Ян</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">овского. Минск: ИТЦ «Мобильные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>коммуникации», 2003. 384 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE1140F" w14:textId="54406595" w:rsidR="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. Кофман А. Введение в теорию нечетких </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> пер. с ф</w:t>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Круглов В. В., Дли М. И., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Голунов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Р. Ю. Нечеткая л</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ранц. М. : Радио и связь, 1982. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="3DB02DFD" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+        <w:t xml:space="preserve">огика и искусственные нейронные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сети: учеб. пособие. М</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: ФИЗМАТЛИТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2001. 224 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CB526D" w14:textId="77777777" w:rsidR="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00131050">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">4. Дымарский Я. С., </w:t>
+    </w:p>
+    <w:p w14:paraId="6E25E44E" w14:textId="77777777" w:rsidR="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статьи в журнале</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB473D4" w14:textId="4E02D40A" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Фомин Б. И., Макаров Н. И., Богуславский И. З., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Крутякова</w:t>
+        <w:t>Дацковский</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Н. П., Яновский Г. Г. Упр</w:t>
+        <w:t xml:space="preserve"> Л. Х., Жигулин Ю. В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCC70A5" w14:textId="3B35085D" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мощные синхронные двигатели для регулируемых приводов пере</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">авление сетями связи: принципы, </w:t>
-[...7 lines deleted...]
-        <w:t>протоколы, прикладные задачи / под ред. проф. Г. Г. Ян</w:t>
+        <w:t>менного тока // Электротехника</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">овского. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1984. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. С. 27–29.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D0A419B" w14:textId="00BC8B07" w:rsidR="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Саенко И. Б., Агеев С. А., Шерстюк Ю. М. Конц</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Минск :</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">ептуальные основы автоматизации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>управления защищенными мультисервисными сетями // Проблемы</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ИТЦ «Мобильные </w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> Дли М. И., </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информационной безопасности. Компьютерные системы: электрон. научн. журн. 2011. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. С. 30–39. URL: http://www.sut.ru/doci/nauka/sbornic_confsut_2013_no_copy.pdf (дата обращения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17.12.2013).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:cr/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D83C513" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статьи в сборниках трудов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732C6E13" w14:textId="06305C1B" w:rsidR="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Антонова Н. А. Стратегии и тактики педагогическо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го дискурса // Проблемы речевой </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коммуникации: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Голунов</w:t>
+        <w:t>межвуз</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Р. Ю. Нечеткая л</w:t>
+        <w:t>. сб. науч. тр. / Под ред. М. А. К</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">огика и искусственные нейронные </w:t>
-[...43 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">ормилицыной, О. Б. Сиротининой. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Саратов: Изд-во Сарат. ун-та</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2007. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 7. С. 230–236.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A87B8A1" w14:textId="093C1532" w:rsidR="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13C2B75B" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Статьи в журнале</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3EB473D4" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+        <w:t>Статьи в материалах конференции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CBACC31" w14:textId="28976EAC" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Фомин Б. И., Макаров Н. И., Богуславский И. З., </w:t>
-[...91 lines deleted...]
-      <w:r>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пташкин А. А. Проблемы психоанализа в современном обществе // Психология</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">информационной безопасности. Компьютерные </w:t>
-[...287 lines deleted...]
-        <w:t xml:space="preserve"> материалы II </w:t>
+        <w:t xml:space="preserve">индивидуальности: материалы II </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>всерос</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. науч. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4971,213 +2708,199 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ва, 12–14 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>нояб</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. 2008 г. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>. 2008 г. М.: ИД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ГУ ВШЭ, 2008. С. 12–15.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15382E3F" w14:textId="53B44E12" w:rsidR="00E91F22" w:rsidRDefault="00131050" w:rsidP="00E91F22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пташкин А. А. Проблемы психоанализа в современном о</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>М. :</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">бществе // </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психология индивидуальности: материалы II </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>всерос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. науч. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конф</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., Москва, 12–14 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нояб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 2008 г. М.:</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ИД</w:t>
-[...132 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ИД ГУ ВШЭ, 2008. С. 12–15. URL: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId8" w:history="1">
+        <w:t>ИД ГУ ВШЭ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2008. С. 12–15. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00E91F22" w:rsidRPr="00C84BAE">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>http</w:t>
         </w:r>
         <w:r w:rsidR="00E91F22" w:rsidRPr="00E91F22">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>://</w:t>
         </w:r>
         <w:r w:rsidR="00E91F22" w:rsidRPr="00C84BAE">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
@@ -5302,495 +3025,547 @@
         <w:r w:rsidR="00E91F22" w:rsidRPr="00C84BAE">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E91F22" w:rsidRPr="00E91F22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E91F22">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(дата обращения: 17.12.2013).</w:t>
-      </w:r>
+        <w:t>(дата обращения 17.12.2013).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BF71664" w14:textId="2135F1A3" w:rsidR="00AC1AE5" w:rsidRPr="00AC1AE5" w:rsidRDefault="00AC1AE5" w:rsidP="00AC1AE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Иванов Б. Б. Использование ИИ в образовательном процессе // </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Актуальные проблемы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007D6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инфотелекоммуникаций</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007D6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в науке и образовании. XII Международная научно-техническая и научно-методическая конференция: сб. науч. ст. в 4-х т. СПб.: СПбГУТ, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2023</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Т. 2. С. 15-18.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3571E624" w14:textId="7122CD6C" w:rsidR="00AC1AE5" w:rsidRPr="00E91F22" w:rsidRDefault="00AC1AE5" w:rsidP="00E91F22">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2752F470" w14:textId="77777777" w:rsidR="00E91F22" w:rsidRDefault="00E91F22" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34784674" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="004C063B" w:rsidRDefault="00131050" w:rsidP="004C063B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Отчеты НИР</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05339AD9" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+    <w:p w14:paraId="05339AD9" w14:textId="1B0B707B" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1. Старов И. Т., Федоров И. Л. Асинхронные двигатели:</w:t>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Старов И. Т., Федоров И. Л. Асинхронные двигатели:</w:t>
       </w:r>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> отчёт о НИР. СПб</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. :</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>: ЛГУ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЛГУ, 2007. </w:t>
+        <w:t xml:space="preserve"> 2007. </w:t>
       </w:r>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>67 с.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27C82DFB" w14:textId="77777777" w:rsidR="004C063B" w:rsidRDefault="004C063B" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4598C409" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="004C063B" w:rsidRDefault="00131050" w:rsidP="004C063B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Нормативные документы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10A55C8C" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+    <w:p w14:paraId="32DC2114" w14:textId="2DBEEF65" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="004C063B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1. ГОСТ Р 517721–2001. Аппаратура радиоэлектронная бытовая. Входные и выходные</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="32DC2114" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="004C063B">
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ГОСТ Р 517721–2001. Аппаратура радиоэлектронная бытовая. Входные и выходные</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>параметры и типы соединений. Технические требования. М.: Изд-во</w:t>
+      </w:r>
+      <w:r w:rsidR="004C063B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандартов, 2001. IV, 27 с.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41EDDB46" w14:textId="60326B2E" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">параметры и типы соединений. Технические требования. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Изд-во</w:t>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституция Российской Федерации: офиц. текст. М.: Маркетинг, 2001. 39 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D01F28E" w14:textId="5EB7458F" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="004C063B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Правила безопасности при обслуживании гидротехнических сооружений и</w:t>
       </w:r>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> стандартов, 2001. IV, 27 </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гидромеханического оборудования энергоснабжающих организаций: РД 153-34.0-03.205-2001:</w:t>
+      </w:r>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>с. :</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ил.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="41EDDB46" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="00131050">
+        <w:t>утв. М-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> энергетики Рос. Федерации 13.04.01: ввод. в действие с 01.11.01. М.: ЭНАС, 2001. 158 с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC32188" w14:textId="77777777" w:rsidR="004C063B" w:rsidRDefault="004C063B" w:rsidP="00131050">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00131050">
-[...44 lines deleted...]
-    <w:p w14:paraId="5D01F28E" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="004C063B">
+    </w:p>
+    <w:p w14:paraId="0EEA201F" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="004C063B" w:rsidRDefault="00131050" w:rsidP="004C063B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C063B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Патенты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46DF0434" w14:textId="367492BC" w:rsidR="00131050" w:rsidRDefault="00131050" w:rsidP="004C063B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3. Правила безопасности при обслуживании гидротехнических сооружений и</w:t>
-[...155 lines deleted...]
-        <w:t>1. Чугаева В. И. Приёмопередающее устройство. Пат</w:t>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Чугаева В. И. Приёмопередающее устройство. Пат</w:t>
       </w:r>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. 2187888 Российская Федерация; </w:t>
       </w:r>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>заявитель и патентообладатель Воронеж. науч.-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>исслед</w:t>
@@ -5814,501 +3589,432 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>заявл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">18.12.00; </w:t>
+        <w:t>18.12.00; опубл. 20.08.02.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B1088B" w14:textId="77777777" w:rsidR="004C063B" w:rsidRPr="00131050" w:rsidRDefault="004C063B" w:rsidP="004C063B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46A1AB8A" w14:textId="77777777" w:rsidR="00131050" w:rsidRPr="004C063B" w:rsidRDefault="00131050" w:rsidP="004C063B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C063B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Диссертации и авторефераты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="433EAE77" w14:textId="2E8DBC86" w:rsidR="00131050" w:rsidRPr="00131050" w:rsidRDefault="00131050" w:rsidP="004C063B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Иванов А. А. Анализ работы алгоритма проверки знаний</w:t>
+      </w:r>
+      <w:r w:rsidR="004C063B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у студентов и преподавателей: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>опубл</w:t>
+        <w:t>автореф</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. 20.08.02.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="74B1088B" w14:textId="77777777" w:rsidR="004C063B" w:rsidRPr="00131050" w:rsidRDefault="004C063B" w:rsidP="004C063B">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. ... д-ра техн. наук: 05.13.18 / Иванов Антон Александрович. СПб., 2015. 17 c.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B7E332" w14:textId="1CD836E7" w:rsidR="00131050" w:rsidRDefault="00131050" w:rsidP="004C063B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...38 lines deleted...]
-        <w:t>1. Иванов А. А. Анализ работы алгоритма проверки знаний</w:t>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00131050">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Сидоров Б. Б. Алгоритм расшифровки студенческих реферато</w:t>
       </w:r>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> у студентов и </w:t>
-[...117 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">в: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>дис</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C063B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. ... канд. техн. </w:t>
-[...11 lines deleted...]
-      <w:r w:rsidR="004C063B">
+        <w:t>. ... канд. техн. наук:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A13F42">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00131050">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>05.13.19 / Сидоров Борис Борисович. Самара, 2012. 157 с.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6793D871" w14:textId="77777777" w:rsidR="005C6B06" w:rsidRDefault="005C6B06" w:rsidP="00CE6CFB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DE35ABE" w14:textId="77777777" w:rsidR="005C6B06" w:rsidRDefault="005C6B06" w:rsidP="004C063B">
-[...24 lines deleted...]
-    <w:sectPr w:rsidR="009F19DB" w:rsidRPr="009F19DB" w:rsidSect="00911117">
+    <w:sectPr w:rsidR="005C6B06" w:rsidSect="00911117">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007A61B2"/>
     <w:rsid w:val="00042396"/>
     <w:rsid w:val="00043EAE"/>
     <w:rsid w:val="000453A5"/>
     <w:rsid w:val="00091F76"/>
     <w:rsid w:val="000B27AF"/>
     <w:rsid w:val="00131050"/>
     <w:rsid w:val="001337BE"/>
     <w:rsid w:val="001939EF"/>
     <w:rsid w:val="001E05D2"/>
     <w:rsid w:val="002458B1"/>
     <w:rsid w:val="00245AE8"/>
     <w:rsid w:val="00257016"/>
     <w:rsid w:val="00293182"/>
     <w:rsid w:val="002C1697"/>
     <w:rsid w:val="003502CF"/>
     <w:rsid w:val="003A57BE"/>
     <w:rsid w:val="003A7968"/>
     <w:rsid w:val="003F3BFB"/>
     <w:rsid w:val="00404CC1"/>
+    <w:rsid w:val="00466B45"/>
     <w:rsid w:val="004C063B"/>
     <w:rsid w:val="004D0DF2"/>
     <w:rsid w:val="0053591D"/>
     <w:rsid w:val="005A015C"/>
     <w:rsid w:val="005C6B06"/>
     <w:rsid w:val="005E1B18"/>
     <w:rsid w:val="006018C0"/>
+    <w:rsid w:val="00674860"/>
+    <w:rsid w:val="00746928"/>
     <w:rsid w:val="0076260D"/>
     <w:rsid w:val="007A61B2"/>
     <w:rsid w:val="007C0B19"/>
     <w:rsid w:val="007D0D22"/>
     <w:rsid w:val="00826ED6"/>
     <w:rsid w:val="0083150B"/>
     <w:rsid w:val="0084129D"/>
     <w:rsid w:val="0084541E"/>
     <w:rsid w:val="0086747F"/>
     <w:rsid w:val="008D53E8"/>
     <w:rsid w:val="008E7BAD"/>
     <w:rsid w:val="00911117"/>
     <w:rsid w:val="00940918"/>
     <w:rsid w:val="009C5E8C"/>
     <w:rsid w:val="009D641F"/>
     <w:rsid w:val="009F19DB"/>
     <w:rsid w:val="009F65F3"/>
+    <w:rsid w:val="00A13F42"/>
     <w:rsid w:val="00A217EF"/>
+    <w:rsid w:val="00AC1AE5"/>
     <w:rsid w:val="00B048F9"/>
     <w:rsid w:val="00B172AC"/>
     <w:rsid w:val="00B8069B"/>
     <w:rsid w:val="00B91544"/>
     <w:rsid w:val="00BF1412"/>
     <w:rsid w:val="00BF4068"/>
     <w:rsid w:val="00C26DCF"/>
     <w:rsid w:val="00C33376"/>
     <w:rsid w:val="00C50B9D"/>
     <w:rsid w:val="00CE6CFB"/>
     <w:rsid w:val="00D15FF3"/>
     <w:rsid w:val="00D5673E"/>
     <w:rsid w:val="00D80240"/>
+    <w:rsid w:val="00D82836"/>
     <w:rsid w:val="00D84019"/>
     <w:rsid w:val="00DE7AF2"/>
     <w:rsid w:val="00DF3FB5"/>
     <w:rsid w:val="00E91F22"/>
     <w:rsid w:val="00EF10D0"/>
     <w:rsid w:val="00F42FC7"/>
     <w:rsid w:val="00F550F5"/>
     <w:rsid w:val="00FF1376"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4D2EA2CE"/>
   <w15:docId w15:val="{41441D8F-8918-4A53-90DA-8B62A5DF9A0D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6640,50 +4346,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -6779,74 +4486,74 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00131050"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C33376"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="2">
+    <w:name w:val="Неразрешенное упоминание2"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0053591D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sut.ru/doci/nauka/sbornic.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grnti.ru/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://teacode.com/online/udc/),%20" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pkm.sut.ru/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sut.ru/doci/nauka/sbornic.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://grnti.ru/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://teacode.com/online/udc/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pkm.sut.ru/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7092,68 +4799,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9152</Characters>
+  <Pages>4</Pages>
+  <Words>1088</Words>
+  <Characters>6207</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>76</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10736</CharactersWithSpaces>
+  <CharactersWithSpaces>7281</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>